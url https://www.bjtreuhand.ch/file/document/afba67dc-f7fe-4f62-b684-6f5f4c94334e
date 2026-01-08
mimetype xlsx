--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -2,83 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Office\Baumer und Jampen\Versand Abschlusslisten\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3852A5F4-2047-4B72-9DDA-46E4207B5157}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9A428BA-8503-427D-A877-E52A7A077128}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Debitoren" sheetId="1" r:id="rId1"/>
     <sheet name="Kreditoren" sheetId="4" r:id="rId2"/>
     <sheet name="Warenlager" sheetId="5" r:id="rId3"/>
     <sheet name="Angefangene Arbeiten" sheetId="6" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Angefangene Arbeiten'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Debitoren!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Kreditoren!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">Warenlager!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D61" i="4" l="1"/>
   <c r="G6" i="4" l="1"/>
   <c r="G7" i="4"/>
   <c r="G8" i="4"/>
   <c r="G9" i="4"/>
   <c r="G10" i="4"/>
   <c r="G11" i="4"/>
   <c r="G12" i="4"/>
   <c r="G13" i="4"/>
   <c r="G14" i="4"/>
   <c r="G15" i="4"/>
   <c r="G16" i="4"/>
   <c r="G17" i="4"/>
   <c r="G18" i="4"/>
   <c r="G19" i="4"/>
   <c r="G20" i="4"/>
   <c r="G21" i="4"/>
   <c r="G22" i="4"/>
@@ -369,60 +372,60 @@
     <t>Anzahl</t>
   </si>
   <si>
     <t>Ankaufspreis
 je Stück</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Betrag CHF</t>
   </si>
   <si>
     <t>MWST CHF</t>
   </si>
   <si>
     <t>Netto CHF</t>
   </si>
   <si>
     <t>[Firma, Ort]</t>
   </si>
   <si>
     <t>MWST-Satz</t>
   </si>
   <si>
-    <t>Debitoren per 31. Dezember 2024</t>
+    <t>Debitoren per 31. Dezember 2025</t>
   </si>
   <si>
-    <t>Kreditoren per 31. Dezember 2024</t>
+    <t>Kreditoren per 31. Dezember 2025</t>
   </si>
   <si>
-    <t>Warenlager per 31. Dezember 2024</t>
+    <t>Warenlager per 31. Dezember 2025</t>
   </si>
   <si>
-    <t>Angefangene Arbeiten per 31. Dezember 2024</t>
+    <t>Angefangene Arbeiten per 31. Dezember 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -793,51 +796,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.5703125" style="4" customWidth="1"/>
     <col min="2" max="2" width="17.5703125" style="4" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="2" customWidth="1"/>
     <col min="5" max="7" width="13" style="4" customWidth="1"/>
     <col min="8" max="16384" width="11.5703125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G1" s="24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>0</v>
       </c>
@@ -1716,51 +1719,51 @@
       </c>
       <c r="G61" s="12">
         <f>SUM(G5:G60)</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.39370078740157483" top="0.86614173228346458" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Kursiv"Baumer und Jampen Treuhand AG, Biglen   T 031 701 04 14   E info@bjtreuhand.ch&amp;RBlatt &amp;P/&amp;N</oddHeader>
     <oddFooter>&amp;LUnterschrift: _____________________</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="17.5703125" style="4" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="14.140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="13.140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="4" customWidth="1"/>
     <col min="7" max="8" width="13" style="4" customWidth="1"/>
     <col min="9" max="16384" width="11.5703125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="str">
         <f>Debitoren!A1</f>
         <v>[Firma, Ort]</v>
       </c>
       <c r="H1" s="24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">